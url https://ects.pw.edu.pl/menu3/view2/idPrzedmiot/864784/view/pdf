--- v0 (2025-11-02)
+++ v1 (2025-11-22)
@@ -765,67 +765,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna i rozumie założenia koncepcji Problem Solving, w tym wybrane metody i techniki kreatywnego rozwiązywania problemów oraz podejmowania decyzji oraz potrafi ją zastosować dla rozwiązywania problemów społecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -931,51 +931,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wskazać adekwatne do poszczególnych etapów procesu rozwiązywania problemu metody i techniki kreatywnego rozwiązywania problemów oraz dokonać krytycznej analizy procesu rozwiązywania problemu, na przykładzie case studies</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>