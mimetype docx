--- v1 (2025-11-22)
+++ v2 (2025-12-26)
@@ -835,67 +835,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -931,51 +931,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wskazać adekwatne do poszczególnych etapów procesu rozwiązywania problemu metody i techniki kreatywnego rozwiązywania problemów oraz dokonać krytycznej analizy procesu rozwiązywania problemu, na przykładzie case studies</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>