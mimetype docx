--- v2 (2025-12-26)
+++ v3 (2026-02-24)
@@ -835,67 +835,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>