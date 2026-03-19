--- v3 (2026-02-24)
+++ v4 (2026-03-19)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>