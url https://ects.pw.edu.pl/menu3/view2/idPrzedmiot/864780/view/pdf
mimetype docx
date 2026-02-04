--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.3, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,51 +906,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1282,51 +1282,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1352,51 +1352,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1486,67 +1486,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru. Dyskusja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotowy do dyskusji na temat współczesnych problemów prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>