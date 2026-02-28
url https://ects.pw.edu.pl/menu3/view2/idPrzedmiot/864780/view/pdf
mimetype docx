--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.3, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,51 +906,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1212,51 +1212,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1282,51 +1282,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1336,67 +1336,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja. Test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U10, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1486,67 +1486,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru. Dyskusja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotowy do dyskusji na temat współczesnych problemów prawa budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>