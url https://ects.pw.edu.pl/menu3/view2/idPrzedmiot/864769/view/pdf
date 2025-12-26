--- v0 (2025-10-15)
+++ v1 (2025-12-26)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady racjonalnej dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -896,51 +896,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1116,51 +1116,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przygotować się do wystąpienia publicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1460,67 +1460,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość użyteczności zachowywania reguł metodologicznych w myśleniu i postępowaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>