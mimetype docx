--- v1 (2025-12-26)
+++ v2 (2026-02-27)
@@ -740,567 +740,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady nowej retoryki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady racjonalnej dyskusji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady nowej retoryki</w:t>
+        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady racjonalnej dyskusji</w:t>
+        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane zagadnienia i postacie istotne w dziejach retoryki</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe zasady retoryki starożytnej i klasycznej</w:t>
+        <w:t xml:space="preserve">Umie przygotować się do wystąpienia publicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się zasadami nowej retoryki oraz potrafi wykorzystać poznane teorie i konstrukcje w praktyce argumentacyjnej i do analizy podstawowych problemów.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać analizy własnych działań i wskazać ewentualne obszary wymagające modyfikacji w przyszłym działaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>