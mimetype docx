--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -797,171 +797,171 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student posiada  podstawową wiedzę o prawach i obowiązkach cudzoziemców na gruncie prawa międzynarodowego, unijnego i krajowego. Zna podstawowe pojęcia i instytucje prawa migracyjnego, tj. obywatelstwo, legalność pobytu, cudzoziemcy, wydalenie, uchodźca, azyl, łączenie rodzin, itp. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Referat</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zna charakter i rodzaje więzi prawnych tworzonych przez prawo migracyjne. Między innymi potrafi określić formy udzielania ochrony cudzoziemcom obowiązujące w polskim porządku prawnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Referat, praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -983,67 +983,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Referat, dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U08</w:t>
+        <w:t xml:space="preserve">K_U04, K_U08, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>