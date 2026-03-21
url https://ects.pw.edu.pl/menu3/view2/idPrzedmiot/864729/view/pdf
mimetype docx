--- v1 (2025-12-25)
+++ v2 (2026-03-21)
@@ -797,171 +797,171 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zna charakter i rodzaje więzi prawnych tworzonych przez prawo migracyjne. Między innymi potrafi określić formy udzielania ochrony cudzoziemcom obowiązujące w polskim porządku prawnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Referat, praca na ćwiczeniach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student posiada  podstawową wiedzę o prawach i obowiązkach cudzoziemców na gruncie prawa międzynarodowego, unijnego i krajowego. Zna podstawowe pojęcia i instytucje prawa migracyjnego, tj. obywatelstwo, legalność pobytu, cudzoziemcy, wydalenie, uchodźca, azyl, łączenie rodzin, itp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -983,67 +983,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Referat, dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U08, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>