--- v0 (2025-11-21)
+++ v1 (2025-12-26)
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2 i 3, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę w zakresie struktury sprzętowej i oprogramowania routerów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1259,67 +1259,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja na zajęciach projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi porównać jakość i efektywność uzyskiwaną w sieciach wykorzystujących różne technologie (IPv4, IPv6, ATM, MPLS itd.) i rozwiązania (np. różnicowanie priotytetów, inżynieria ruchu itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>