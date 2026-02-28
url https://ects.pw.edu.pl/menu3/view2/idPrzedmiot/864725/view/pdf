--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W13, K_W15</w:t>
+        <w:t xml:space="preserve">K_W15, K_W09, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP_U01: </w:t>
       </w:r>
     </w:p>
@@ -1259,67 +1259,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja na zajęciach projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi porównać jakość i efektywność uzyskiwaną w sieciach wykorzystujących różne technologie (IPv4, IPv6, ATM, MPLS itd.) i rozwiązania (np. różnicowanie priotytetów, inżynieria ruchu itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>