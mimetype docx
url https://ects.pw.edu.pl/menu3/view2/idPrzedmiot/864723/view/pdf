--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -908,51 +908,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin, ćwiczenie 1 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W14, K_W03, K_W05, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W14, K_W03, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>