--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -908,51 +908,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin, ćwiczenie 1 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W14, K_W03, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W07, K_W08, K_W09, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1128,67 +1128,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ćwiczenie 2 i 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U08, K_U15</w:t>
+        <w:t xml:space="preserve">K_U08, K_U15, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PKC2-U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozpoznać i zaklasyfikować elementy syntaktyczne i proceduralne protokołów sygnalizacyjnych oraz zinterpretować przebiegi sygnalizacji abonenckiej i międzycentralowej PSTN/ISDN w typowych scenariuszach realizacji usług</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>