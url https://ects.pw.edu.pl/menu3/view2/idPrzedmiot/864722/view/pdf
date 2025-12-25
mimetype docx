--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -1408,51 +1408,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługiwanie się oprogramowaniem służącym do generowania strumieni MPEG-2 i MPEG-4, oraz ocena jakości sygnału wideo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>