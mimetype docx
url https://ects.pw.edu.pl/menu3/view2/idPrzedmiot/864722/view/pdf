--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -1548,51 +1548,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>