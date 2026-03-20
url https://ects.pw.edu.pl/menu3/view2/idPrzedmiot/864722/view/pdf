--- v2 (2026-02-25)
+++ v3 (2026-03-20)
@@ -1268,71 +1268,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dokonać podstawowej analizy sygnału odebranego w dziedzinie czasu i częstotliwości</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">dyskusja podczas ćwiczenia, ocena sprawozdania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dokonać podstawowej analizy sygnału odebranego w dziedzinie czasu i częstotliwości</w:t>
+        <w:t xml:space="preserve">Badanie porównawcze odbieranych sygnałów cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja podczas ćwiczenia, ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1351,248 +1421,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Badanie porównawcze odbieranych sygnałów cyfrowych</w:t>
+        <w:t xml:space="preserve">Posługiwanie się oprogramowaniem służącym do generowania strumieni MPEG-2 i MPEG-4, oraz ocena jakości sygnału wideo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kontrola przebiegu ćwiczenia, ocena sprawozdania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student jest w stanie przeprowadzić badanie jakości systemu cyfrowego przez pomiar elementowej stopy błędów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">dyskusja podczas ćwiczenia, ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>