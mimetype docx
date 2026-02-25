--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu (punktowa), rozmowa z osobami wykonującymi projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08, K_W11, K_W13</w:t>
+        <w:t xml:space="preserve">K_W11, K_W13, K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2 - pytania testowe i otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W10, K_W01, K_W02, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W05, K_W06, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1108,51 +1108,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2 - pytania testowe i otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W06, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W06, K_W09, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1388,51 +1388,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2 - pytania testowe i otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W06, K_W08, K_W09, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06, K_W08, K_W09, K_W10, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1538,67 +1538,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu (punktowa), rozmowa z osobami wykonującymi projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U14, K_U01, K_U02, K_U05</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U02, K_U05, K_U07, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTR_K01: </w:t>
       </w:r>
     </w:p>