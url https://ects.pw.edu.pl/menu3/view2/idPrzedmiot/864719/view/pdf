--- v1 (2026-02-25)
+++ v2 (2026-03-20)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu (punktowa), rozmowa z osobami wykonującymi projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W13, K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08, K_W11, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2 - pytania testowe i otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W06, K_W08, K_W10, K_W11, K_W14</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06, K_W08, K_W10, K_W11, K_W14, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1108,51 +1108,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2 - pytania testowe i otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W06, K_W09, K_W11, K_W01</w:t>
+        <w:t xml:space="preserve">K_W11, K_W01, K_W02, K_W03, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1178,51 +1178,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2 - pytania testowe i otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W06, K_W07, K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W01, K_W02, K_W03, K_W06, K_W07, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1388,51 +1388,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1 i 2 - pytania testowe i otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06, K_W08, K_W09, K_W10, K_W11, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W06, K_W08, K_W09, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1468,67 +1468,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu (punktowa), rozmowa z osobami wykonującymi projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U07, K_U09, K_U10, K_U11, K_U14</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U14, K_U01, K_U03, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTR_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie programu symulacyjnego koniecznego do realizacji projektu - badania numeryczne, zjawisk i wybranych elementów systemów radiokomunikacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1538,67 +1538,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z projektu (punktowa), rozmowa z osobami wykonującymi projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U02, K_U05, K_U07, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U07, K_U08, K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTR_K01: </w:t>
       </w:r>
     </w:p>