--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -792,51 +792,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1002,51 +1002,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11, K_W13</w:t>
+        <w:t xml:space="preserve">K_W11, K_W13, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>