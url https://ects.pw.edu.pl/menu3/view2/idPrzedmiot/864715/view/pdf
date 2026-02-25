--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -1002,67 +1002,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W13, K_W10</w:t>
+        <w:t xml:space="preserve">K_W13, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K_W10] [K_W12] : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi określić wymagania dla autonomicznych funkcji zarządzania zasobami w sieci i zilustrować zasady ich realizacji przykładzie wybranego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>