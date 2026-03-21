--- v2 (2026-02-25)
+++ v3 (2026-03-21)
@@ -1002,67 +1002,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K_W10] [K_W12] : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi określić wymagania dla autonomicznych funkcji zarządzania zasobami w sieci i zilustrować zasady ich realizacji przykładzie wybranego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1168,51 +1168,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K_U08] [K_U11] [K_U15]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student potrafi potrafi wskazać właściwy wariant architektury sieci konwergentnej oraz odpowiedni zestaw protokołów komunikacyjnych zależnie od usługowych i technicznych wymagań operatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>