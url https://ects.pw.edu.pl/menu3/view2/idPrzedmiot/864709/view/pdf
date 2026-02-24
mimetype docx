--- v0 (2025-12-25)
+++ v1 (2026-02-24)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W03, K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekt, ezgamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U14, K_U01, K_U03, K_U05, K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U06, K_U08, K_U09, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_K01, T2A_K03, T2A_K04, T2A_K06: </w:t>
       </w:r>
     </w:p>