--- v1 (2026-02-24)
+++ v2 (2026-03-20)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W03, K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekt, ezgamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U06, K_U08, K_U09, K_U10, K_U14</w:t>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U06, K_U08, K_U09, K_U10, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_K01, T2A_K03, T2A_K04, T2A_K06: </w:t>
       </w:r>
     </w:p>