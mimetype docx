--- v0 (2025-11-21)
+++ v1 (2025-12-26)
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U15, K_U01, K_U05, K_U06, K_U09, K_U13</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U13, K_U14, K_U15, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A-K01: </w:t>
       </w:r>
     </w:p>