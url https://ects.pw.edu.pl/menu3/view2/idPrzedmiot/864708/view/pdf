--- v1 (2025-12-26)
+++ v2 (2026-02-26)
@@ -837,51 +837,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09, K_U13, K_U14, K_U15, K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U01, K_U05, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>