--- v2 (2026-02-26)
+++ v3 (2026-03-24)
@@ -12,940 +12,940 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obliczeniowa teoria liczb w informatyce i telekomunikacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Andrzej Paszkiewicz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Optional</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Telekomunikacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmioty techniczne - zaawansowane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">OTL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">7 / rok ak. 2018/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zapoznanie studentów z metodami teorii liczb w odniesieniu do  kryptografii, kodowania informacji, projektowania układów logicznych oraz obliczeń rozproszonych. Omawiane są metody i algorytmy teorii liczb, które znajdują ważne zastosowania w ramach współczesnej informatyki i telekomunikacji. Większość prezentowanych metod i algorytmów została opracowana w ciągu ostatnich lat i jest doskonalona w dalszym ciągu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1.	Liczby pierwsze, złożone, osobliwości rozkładu liczb pierwszych w zbiorze liczb naturalnych. Metody sita. Szybkie algorytmy wyznaczanie wartości funkcji zliczającej liczby pierwsze. Algorytmy Meissela, Lehmera, Odlyzki i Deleglise'a;
 2.	Operacje arytmetyczne na liczbach naturalnych. Reprezentacja długich liczb naturalnych. Pakiety do działań arytmetycznych na liczbach długich. Sprzętowa reprezentacja wielkich liczb naturalnych i działania na nich.
 3.	Klasyczne algorytmy generowania liczb pierwszych. Probabilistyczne i deterministyczne testy pierwszości. Testy typu p-1 i p+1, Ciągi Lucasa, liczby pseudopierwsze i silnie pseudopierwsze, liczby Carmichaela i ich rozkład;
 4.	Niereszty kwadratowe i ich rozmieszczenie. Kwadratowe prawo wzajemności. Zastosowanie niereszt kwadratowych w kryptografii silnych szyfrów strumieniowych;
 5.	Pierwiastki pierwotne a logarytm dyskretny. Zastosowanie pierwiastków pierwotnych w kodowaniu nadmiarowym. Rozkład asymptotyczny liczb pierwszych o zadanych najmniejszych pierwiastkach pierwotnych;
 6.	Arytmetyka modularna w rozszerzeniach arytmetycznych. Twierdzenie chińskie o resztach i jego zastosowania, ;
 7.	Indeks i logarytm dyskretny. Nowoczesne metody szybkiego wyznaczania logarytmu dyskretnego w ciałach skończonych prostych i rozszerzonych;
 8.	Algorytmy faktoryzacji liczb naturalnych i wielomianów pod w kontekście kryptoanalizy niektórych asymetrycznych systemów szyfrowania;
 9.	Arytmetyka krzywych eliptycznych. Szybkie działania arytmetyczne na krzywych eliptycznych realizowane programowo i sprzętowo.. Generowanie krzywych eliptycznych nadających się do kryptografii;
 10.	Arytmetyka krzywych eliptycznych i jej zastosowanie do do badania pierwszości (ECPP), test Kiliana-Goldwasser oraz Atkina Moraina;
 11.	 Bazy wielomianowe i normalne jako jedna z koncepcji realizacji szybkich działań arytmetycznych w arytmetyce rozszerzonej. Optymalne bazy normalne. Wykorzystanie baz normalnych do efektywnej implementacji działań arytmetycznych z wykorzystaniem sprzętu;
 12.	Transformacje teorioliczbowe i ich wykorzystanie do szybkiego mnożenia modularnego.
 13.	 Wielomiany nierozkładalne i pierwotne. Rozmnażanie wielomianów pierwotnych. Algorytmy wyszukiwania wielomianów nierozkładalnych oraz faktoryzacji.
 14.	Sieciowe projekty obliczeniowej teorii liczb (Projekt Cunninghama, GIMPS, wyznaczanie wartości funkcji );
 15.	Obliczeń rozproszone jako efektywna metoda projektowania skomplikowanych schematów szyfrowania oraz wyznaczania ich słabych punktów.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwia cząstkowe, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1.	M. Bressoud: Factorization and Primality Testing, Springer-Verlag, New York, Berlin, 1989;
 2.	H. Cohen: A Course in Computational and Algebraic Number Theory, Berlin, Heidelberg;
 3.	R. Crandall, C. Pomerance: Prime Numbers, A Computational Perspective, Springer-Verlag, New York, Berlin, 2001;
 4.	R. J. MCEliece, Finite Fields for Computer Scientists and Engineers, Kluwer Accad. Publ., Boston, 1987;
 5.	A. Paszkiewicz, A. Schinzel:: Numerical calcation of the density of prime numbers with a given least primitive root, Math. Comp. V. 71, No. 240, pp. 1781-1797, Nov. 2001;
 6.	A. Paszkiewicz, A. Schinzel: On the least prime primitive root modulo a prime, Math. Comp. V. 71, No. 239, pp. 1307-1321, Jan. 2002;
 7.	A. Paszkiewicz: Some observations concerning irreducible trinomials and pentanomials over, Tatra Mt. Math. Publ. 32 (2005), 129-142
 8.	A. Paszkiewicz: Przegląd Telekomunikacyjny Wiadomości Telekomunikacyjne, Cykl artykułów drukowanych w latach 2006-2011;
 9.	J. H. Silverman, The arithmetic of elliptic curves, Springer Verl. 1992
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">www.zpt.tele.pw.edu.pl</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Charakterystyki przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość metod teorii liczb i ich wykorzystania w telekomunikacji i informatyce, ze szczegolnym uwzględnieniem kryptografii i kodowania.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">kolokwia czastkowe, egzamin</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W05, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zastosować poznane metody praktycznie.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">ćwiczenia, projekt</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U01, K_U05, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09, K_U13, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+        <w:t>General academic profile - social competences</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A-K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi współdziałać i pracować w grupie, potrafi stawiać hipotezy i je weryfikować, potrafi odpowiednio określać priorytety realizowanego zadania,</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">ćwiczenia, projekt</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>