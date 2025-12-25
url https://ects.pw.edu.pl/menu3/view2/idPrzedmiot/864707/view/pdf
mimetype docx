--- v0 (2025-11-23)
+++ v1 (2025-12-25)
@@ -1017,51 +1017,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U11, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K_U06] [K_U09]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">opracować własne schematy zarządzania zasobami w sieci BSK (np. dobór kanałów, szeregowanie transmisji, dobór dróg kierowania ruchem)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>