--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U11, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K_U06] [K_U09]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">opracować własne schematy zarządzania zasobami w sieci BSK (np. dobór kanałów, szeregowanie transmisji, dobór dróg kierowania ruchem)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1087,51 +1087,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [K_U08] [K_U09] [K_U10]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zbadać parametry jakościowe danej sieci BSK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>