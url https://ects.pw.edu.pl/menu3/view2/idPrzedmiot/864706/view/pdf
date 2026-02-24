--- v0 (2025-12-25)
+++ v1 (2026-02-24)
@@ -897,167 +897,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W14, K_W04, K_W06, K_W08, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bezprzewodowe Sieci Sensorów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BES p1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bezprzewodowe Sieci Sensorów</w:t>
+        <w:t xml:space="preserve">Projektowanie sieci Ad-hoc</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 2</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W04, K_W06, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U09, K_U11, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka BES p1: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BES p2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projektowanie sieci Ad-hoc</w:t>
+        <w:t xml:space="preserve">Projektowanie sieci DTN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1076,162 +1146,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka BES p2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka BES p3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projektowanie sieci DTN</w:t>
+        <w:t xml:space="preserve">Projektowanie sieci WSN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U09, K_U11, K_U14</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U06, K_U09, K_U11</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U11, K_U14, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>