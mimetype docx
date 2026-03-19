--- v1 (2026-02-24)
+++ v2 (2026-03-19)
@@ -757,307 +757,377 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W10, K_W14, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BES 2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sieci niespójne DTN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka BES 2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka BES 3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sieci niespójne DTN</w:t>
+        <w:t xml:space="preserve">Sieci opisywane zawartością CBN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 1</w:t>
+        <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka BES 3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sieci opisywane zawartością CBN</w:t>
+        <w:t xml:space="preserve">Bezprzewodowe Sieci Sensorów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W04, K_W06, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BES p1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bezprzewodowe Sieci Sensorów</w:t>
+        <w:t xml:space="preserve">Projektowanie sieci Ad-hoc</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium 2</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W08, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U06, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka BES p1: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BES p2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projektowanie sieci Ad-hoc</w:t>
+        <w:t xml:space="preserve">Projektowanie sieci DTN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1076,178 +1146,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka BES p2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka BES p3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projektowanie sieci DTN</w:t>
+        <w:t xml:space="preserve">Projektowanie sieci WSN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U09, K_U11, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BES u1: </w:t>
       </w:r>
     </w:p>