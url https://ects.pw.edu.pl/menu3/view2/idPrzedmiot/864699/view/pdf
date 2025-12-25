--- v0 (2025-11-21)
+++ v1 (2025-12-25)
@@ -1048,51 +1048,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z projektu, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04, K_U06, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U14, K_U15, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>