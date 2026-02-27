--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -1048,67 +1048,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z projektu, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U14, K_U15, K_U02</w:t>
+        <w:t xml:space="preserve">K_U06, K_U14, K_U15, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MKOI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność oceny przydatności alternatywnych rozwiązań technologicznych do rozwiązania zadań inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>