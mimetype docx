--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -1048,67 +1048,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z projektu, konsultacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U14, K_U15, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U15, K_U02, K_U04, K_U06, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MKOI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność oceny przydatności alternatywnych rozwiązań technologicznych do rozwiązania zadań inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>