--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -731,1751 +731,1751 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Układy sprzętowe realizyjące transformatę FFT oraz filtry Implementacja szybkiej transformaty Fouriera w sprzęcie, zastosowanie twierdzenia o splocie, filtry: implementacja filtrów FIR, IIR, arytmetyka rozproszona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pola komutacyjne  Pola typu: crossbar, knockout, Banyan, Closa, Sunshine, komutatory współdzielące medium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tablice routingu Budowa tablic routingu z wykorzystaniem struktur LC-trie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprzętowe systemy IDS Wyszukiwanie wielu wzorców, algorytmy KMP, Aho-Corasica, algorytm KR, filtry Blooma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne. Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szybkie sieci sortujące  Zasada 0/1. Sieci bitoniczne, oraz sieci Batchera typu odd-even. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Układy sprzętowe realizyjące transformatę FFT oraz filtry Implementacja szybkiej transformaty Fouriera w sprzęcie, zastosowanie twierdzenia o splocie, filtry: implementacja filtrów FIR, IIR, arytmetyka rozproszona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pola komutacyjne  Pola typu: crossbar, knockout, Banyan, Closa, Sunshine, komutatory współdzielące medium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tablice routingu Budowa tablic routingu z wykorzystaniem struktur LC-trie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprzętowe systemy IDS Wyszukiwanie wielu wzorców, algorytmy KMP, Aho-Corasica, algorytm KR, filtry Blooma.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne. Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
+        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne  Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Szybkie sieci sortujące  Zasada 0/1. Sieci bitoniczne, oraz sieci Batchera typu odd-even. </w:t>
+        <w:t xml:space="preserve">Szybkie sieci sortujące  Zasada 0/1. Sieci bitoniczne, oraz sieci Batchera typu odd-even.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Układy sprzętowe realizyjące transformatę FFT oraz filtry Implementacja szybkiej transformaty Fouriera w sprzęcie, zastosowanie twierdzenia o splocie, filtry: implementacja filtrów FIR, IIR, arytmetyka rozproszona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szybkie sieci sortujące  Zasada 0/1. Sieci bitoniczne, oraz sieci Batchera typu odd-even.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Pola komutacyjne  Pola typu: crossbar, knockout, Banyan, Closa, Sunshine, komutatory współdzielące medium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
+        <w:t xml:space="preserve">Tablice routingu Budowa tablic routingu z wykorzystaniem struktur LC-trie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tablice routingu Budowa tablic routingu z wykorzystaniem struktur LC-trie.</w:t>
+        <w:t xml:space="preserve">Sprzętowe systemy IDS Wyszukiwanie wielu wzorców, algorytmy KMP, Aho-Corasica, algorytm KR, filtry Blooma.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne  Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
-      </w:r>
-[...918 lines deleted...]
-        <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>