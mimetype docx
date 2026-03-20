--- v1 (2026-02-24)
+++ v2 (2026-03-20)
@@ -731,85 +731,505 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Sprzętowe systemy IDS Wyszukiwanie wielu wzorców, algorytmy KMP, Aho-Corasica, algorytm KR, filtry Blooma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne. Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szybkie sieci sortujące  Zasada 0/1. Sieci bitoniczne, oraz sieci Batchera typu odd-even. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tablice routingu Budowa tablic routingu z wykorzystaniem struktur LC-trie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Układy sprzętowe realizyjące transformatę FFT oraz filtry Implementacja szybkiej transformaty Fouriera w sprzęcie, zastosowanie twierdzenia o splocie, filtry: implementacja filtrów FIR, IIR, arytmetyka rozproszona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -835,1647 +1255,1227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tablice routingu Budowa tablic routingu z wykorzystaniem struktur LC-trie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne  Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprzętowe systemy IDS Wyszukiwanie wielu wzorców, algorytmy KMP, Aho-Corasica, algorytm KR, filtry Blooma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szybkie sieci sortujące  Zasada 0/1. Sieci bitoniczne, oraz sieci Batchera typu odd-even.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Układy sprzętowe realizyjące transformatę FFT oraz filtry Implementacja szybkiej transformaty Fouriera w sprzęcie, zastosowanie twierdzenia o splocie, filtry: implementacja filtrów FIR, IIR, arytmetyka rozproszona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pola komutacyjne  Pola typu: crossbar, knockout, Banyan, Closa, Sunshine, komutatory współdzielące medium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_u01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Pola komutacyjne  Pola typu: crossbar, knockout, Banyan, Closa, Sunshine, komutatory współdzielące medium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tablice routingu Budowa tablic routingu z wykorzystaniem struktur LC-trie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Sprzętowe systemy IDS Wyszukiwanie wielu wzorców, algorytmy KMP, Aho-Corasica, algorytm KR, filtry Blooma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne  Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Układy sprzętowe realizyjące transformatę FFT oraz filtry Implementacja szybkiej transformaty Fouriera w sprzęcie, zastosowanie twierdzenia o splocie, filtry: implementacja filtrów FIR, IIR, arytmetyka rozproszona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kryptograficzne układy sprzętowe   Obliczenia w ciałach skończonych, potęgowanie Montgomerego. Algorytmy asymetryczne: Dieffiego-Hellmana i RSA. Algorytmy symetryczne  AES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprzętowe systemy IDS Wyszukiwanie wielu wzorców, algorytmy KMP, Aho-Corasica, algorytm KR, filtry Blooma.</w:t>
+        <w:t xml:space="preserve">Kodery i dekodery Kody korygujące błędy. Kody typu: BCH , Reeda-Salomona, oraz Reeda-Mullera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka imas_w01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka imas_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne. Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
-[...638 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Szybkie sieci sortujące  Zasada 0/1. Sieci bitoniczne, oraz sieci Batchera typu odd-even.</w:t>
-      </w:r>
-[...638 lines deleted...]
-        <w:t xml:space="preserve">Szybkie i potokowe układy arytmetyczne  Technika sum prefiksowych: układy sumujące i odejmujące, komparatory, drzewa Wallace’a, sumator n liczb, układy mnożące, metoda Karaczuby, metoda Newtona, układy dzielące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>