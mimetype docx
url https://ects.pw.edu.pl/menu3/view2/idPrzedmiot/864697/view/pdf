--- v0 (2025-12-26)
+++ v1 (2026-02-25)
@@ -913,51 +913,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe, zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>