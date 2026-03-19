--- v1 (2026-02-25)
+++ v2 (2026-03-19)
@@ -913,51 +913,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe, zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_W07, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1063,67 +1063,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe, zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie zaprojektować wybrany rodzaj sysremu radioko9munikacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>