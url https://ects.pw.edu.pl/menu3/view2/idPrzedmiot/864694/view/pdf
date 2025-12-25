--- v0 (2025-11-23)
+++ v1 (2025-12-25)
@@ -800,51 +800,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W08, K_W10, K_W13, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W06, K_W07, K_W08, K_W10, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -870,51 +870,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W05, K_W06, K_W07, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_W10, K_W14, K_W01, K_W03, K_W04, K_W05, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1010,51 +1010,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10, K_W14, K_W01, K_W02, K_W03, K_W04, K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1090,207 +1090,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U07, K_U08, K_U09, K_U10, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować foniczne filtry cyfrowe o zmiennej częstotliwości próbkowania (filtry interpolacyjne i decymacyjne) za pomocą specjalizowanego programu komputerowego, ocenić uzyskane charakterystyki częstotliwościowe oraz zaproponować układ synchronicznego konwertera szybkości próbkowania fonicznych sygnałów cyfrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U07, K_U08, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować foniczne filtry cyfrowe o zmiennej częstotliwości próbkowania (filtry interpolacyjne i decymacyjne) za pomocą specjalizowanego programu komputerowego, ocenić uzyskane charakterystyki częstotliwościowe oraz zaproponować układ synchronicznego konwertera szybkości próbkowania fonicznych sygnałów cyfrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi zbadać wpływ sygnału dithera na widmo amplitudowe generowanych sygnałów fonicznych, zmierzyć jitter w sygnale cyfrowym na podstawie analizy prążków modulacyjnych widma amplitudowego, wykorzystać algorytmy redukcji poziomu szumu do „oczyszczania” starych nagrań dźwiękowych z szumu i zakłóceń oraz wykorzystać różne metody przekształcania sygnału fonicznego w dziedzinach amplitudy i czasu stosowane w technice studyjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 3</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U01, K_U02, K_U06, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U10, K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>