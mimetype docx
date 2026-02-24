--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -870,51 +870,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W14, K_W01, K_W03, K_W04, K_W05, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W07, K_W10, K_W14, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1090,67 +1090,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U07, K_U08, K_U09, K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U10, K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować foniczne filtry cyfrowe o zmiennej częstotliwości próbkowania (filtry interpolacyjne i decymacyjne) za pomocą specjalizowanego programu komputerowego, ocenić uzyskane charakterystyki częstotliwościowe oraz zaproponować układ synchronicznego konwertera szybkości próbkowania fonicznych sygnałów cyfrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>