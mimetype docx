--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -800,67 +800,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W06, K_W07, K_W08, K_W10, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W01, K_W03, K_W06, K_W07, K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat struktur, działania, właściwości oraz parametrów statycznych i dynamicznych konwencjonalnych, fonicznych przetworników analogowo-cyfrowych (a/c) i cyfrowo-analogowych (c/a) działających z wykorzystaniem modulacji impulsowo-kodowej (PCM) oraz fonicznych przetworników a/c i c/a sigma-delta działających z wykorzystaniem modulacji sigma-delta (SDM), a także ma uporządkowaną wiedzę na temat rodzajów błędów czasowych w cyfrowych systemach fonicznych (np. jittera).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -870,51 +870,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W07, K_W10, K_W14, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W05, K_W06, K_W07, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1090,207 +1090,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U08, K_U09, K_U10, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować foniczne filtry cyfrowe o zmiennej częstotliwości próbkowania (filtry interpolacyjne i decymacyjne) za pomocą specjalizowanego programu komputerowego, ocenić uzyskane charakterystyki częstotliwościowe oraz zaproponować układ synchronicznego konwertera szybkości próbkowania fonicznych sygnałów cyfrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06, K_U07, K_U08, K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbadać wpływ sygnału dithera na widmo amplitudowe generowanych sygnałów fonicznych, zmierzyć jitter w sygnale cyfrowym na podstawie analizy prążków modulacyjnych widma amplitudowego, wykorzystać algorytmy redukcji poziomu szumu do „oczyszczania” starych nagrań dźwiękowych z szumu i zakłóceń oraz wykorzystać różne metody przekształcania sygnału fonicznego w dziedzinach amplitudy i czasu stosowane w technice studyjnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z wykonania zadań laboratoryjnych ćwiczenia nr 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U10, K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>