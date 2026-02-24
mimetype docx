--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -1008,67 +1008,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt programistyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U12, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U06, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbadać złożoność obliczeniową zaimplementowanego algorytmu na podstawie pomiarów eksperymentalnych z udziałem danych trenujących i testujących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>