--- v1 (2026-02-24)
+++ v2 (2026-03-21)
@@ -928,67 +928,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W14, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>