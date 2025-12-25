--- v0 (2025-11-22)
+++ v1 (2025-12-25)
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwiu 2, ćwiczenia laboratoryjne 4 i 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W13, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W10, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TUSP_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi potrafi posłużyć się właściwie dobranymi metodami umożliwiającymi pomiar i badanie sygnałów i urządzeń systemów ultraszerokpasmowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>