--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -828,287 +828,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W13, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TUSP_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę w zakresie kompatybilności impulsowych systemów ultraszerokopasmowych i technik redukcji zakłóceń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium wykładowe 2, ćwiczenie 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W11, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę w zakresie zastosowań technik ultraszeropasmowych do lokalizacji i obrazowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwiu 2, ćwiczenia laboratoryjne 4 i 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W10, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka TUSP_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TUSP_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę w zakresie kompatybilności impulsowych systemów ultraszerokopasmowych i technik redukcji zakłóceń</w:t>
+        <w:t xml:space="preserve">Student (który zaliczył przedmiot) potrafi dokonac oceny możliwości i ograniczeń systemu transmisji ultraszerokpasmowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium wykładowe 2, ćwiczenie 3</w:t>
+        <w:t xml:space="preserve">kolokwia wykładowe, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W14</w:t>
+        <w:t xml:space="preserve">K_U08, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TUSP_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi potrafi posłużyć się właściwie dobranymi metodami umożliwiającymi pomiar i badanie sygnałów i urządzeń systemów ultraszerokpasmowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>