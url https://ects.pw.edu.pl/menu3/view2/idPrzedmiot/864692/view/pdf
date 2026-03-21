--- v2 (2026-02-24)
+++ v3 (2026-03-21)
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W13, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W10, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1258,67 +1258,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TUSP_K1: </w:t>
       </w:r>
     </w:p>