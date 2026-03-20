--- v0 (2025-12-25)
+++ v1 (2026-03-20)
@@ -784,51 +784,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W01, K_W02, K_W04, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W06, K_W09, K_W10, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1064,51 +1064,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2, labolatorium5, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W04, K_W06, K_W07, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1144,51 +1144,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, laboratorium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>