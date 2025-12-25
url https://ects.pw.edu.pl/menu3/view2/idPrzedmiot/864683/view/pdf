--- v0 (2025-11-22)
+++ v1 (2025-12-25)
@@ -925,67 +925,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin/zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U01, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykorzystać potencjał metod kompresji w określonych zastosowaniach oraz dobrać metodę lub narzędzie kompresji do zastosowania wykorzystując znane cechy algorytmów oraz właściwości możliwych do wykorzystania modeli źródeł informacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -995,67 +995,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin/zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U08, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi ocenić skuteczność metod kompresji dobierając właściwą miarę, kryterium, zbiór testowy oraz procedurę  testu weryfikacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>