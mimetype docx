--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -995,67 +995,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin/zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10, K_U12, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U08, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi ocenić skuteczność metod kompresji dobierając właściwą miarę, kryterium, zbiór testowy oraz procedurę  testu weryfikacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,67 +1065,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U08, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.1.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>