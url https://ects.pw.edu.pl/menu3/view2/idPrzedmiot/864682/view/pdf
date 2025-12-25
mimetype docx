--- v0 (2025-11-21)
+++ v1 (2025-12-25)
@@ -778,51 +778,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia w ciągu semestru, projekt z ocenami cząstkowymi poszczególnych etapów i egzamin końcowy. Dla studentów, którzy uzyskali wysokie oceny z kolokwiów i projektu przewiduje się możliwość zwolnienia z egzaminu końcowego - praktyka pokazała, że ma to duże znaczenie motywujące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W08, K_W10, K_W14, K_W01</w:t>
+        <w:t xml:space="preserve">K_W14, K_W01, K_W03, K_W04, K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>