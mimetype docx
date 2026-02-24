--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -778,51 +778,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia w ciągu semestru, projekt z ocenami cząstkowymi poszczególnych etapów i egzamin końcowy. Dla studentów, którzy uzyskali wysokie oceny z kolokwiów i projektu przewiduje się możliwość zwolnienia z egzaminu końcowego - praktyka pokazała, że ma to duże znaczenie motywujące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W01, K_W03, K_W04, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -858,67 +858,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, kolokwia, egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05, K_U06, K_U09, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U14, K_U15, K_U01, K_U02, K_U03, K_U05, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Ocena projektu, właczając w to ocenę poszczególnych etapów wykonania.: </w:t>
       </w:r>
     </w:p>