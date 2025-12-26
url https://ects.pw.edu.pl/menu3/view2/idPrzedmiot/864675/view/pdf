--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -858,481 +858,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W04, K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot wie jak opisać liniowy dwuwrotnik przy pomocy macierzy rozproszenia [S] oraz sformułować i rozwiązać graf przepływu sygnału kaskadowo połączonych kilku dwuwrotników obciążonych jednowrotnikiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot wie jak opisać liniowy dwuwrotnik przy pomocy macierzy rozproszenia [S] oraz sformułować i rozwiązać graf przepływu sygnału kaskadowo połączonych kilku dwuwrotników obciążonych jednowrotnikiem;</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot zna konstrukcję, istotne parametry i technikę realizacji typowych, mikrofalowych układów pasywnych takich jak: elementy skupione RLC SMD, tłumiki stałe, dopasowane obciążenia, sprzęgacze (gałęziowy, pierścieniowy, z liniami sprzężonymi, reflektometryczny), dzielniki i sumatory mocy (3dB/kwadraturowy, Wilkinsona, 3dB/antyfazowy) i filtrów (układ pierwotny, rodzaje filtrów)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot nabył podstawową wiedzę o materiałach półprzewodnikowych stosowanych w technologii mikrofalowych przyrządów aktywnych, zna budowę, zasadę działania, ważne parametry i przeznaczenie takich elementów aktywnych jak: dioda Schottky'ego, PIN, waraktor, tranzystory – Si-BJT, MESFET, HEMT, HBT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 3 i 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot potrafi podać podstawowe struktury wzmacniaczy i generatorów mikrofalowych, opisać zasadę działania i parametry takich układów oraz zna procedury projektowe wzmacniaczy niskoszumnych i nadawczych oraz generatorów z wykorzystaniem podejścia małosygnałowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 4 i 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W10, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot potrafi zaprojektować obwód dopasowujący daną impedancję do impedancji linii odniesienia metodą graficzną z wykorzystaniem wykresu Smitha oraz obwód zasilania DC (polaryzator) elementu aktywnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot posiada umiejętność posługiwania się miernikami mocy oraz w zakresie podstawowym wektorowym analizatorem obwodów i analizatorem widma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>