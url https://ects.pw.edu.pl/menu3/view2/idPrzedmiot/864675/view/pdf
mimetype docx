--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -858,51 +858,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1068,51 +1068,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 3 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_W10, K_W14, K_W04, K_W06, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1288,51 +1288,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>