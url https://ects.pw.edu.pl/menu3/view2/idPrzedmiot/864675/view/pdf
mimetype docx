--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -858,497 +858,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W10, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot wie jak opisać liniowy dwuwrotnik przy pomocy macierzy rozproszenia [S] oraz sformułować i rozwiązać graf przepływu sygnału kaskadowo połączonych kilku dwuwrotników obciążonych jednowrotnikiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot wie jak opisać liniowy dwuwrotnik przy pomocy macierzy rozproszenia [S] oraz sformułować i rozwiązać graf przepływu sygnału kaskadowo połączonych kilku dwuwrotników obciążonych jednowrotnikiem;</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot zna konstrukcję, istotne parametry i technikę realizacji typowych, mikrofalowych układów pasywnych takich jak: elementy skupione RLC SMD, tłumiki stałe, dopasowane obciążenia, sprzęgacze (gałęziowy, pierścieniowy, z liniami sprzężonymi, reflektometryczny), dzielniki i sumatory mocy (3dB/kwadraturowy, Wilkinsona, 3dB/antyfazowy) i filtrów (układ pierwotny, rodzaje filtrów)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot nabył podstawową wiedzę o materiałach półprzewodnikowych stosowanych w technologii mikrofalowych przyrządów aktywnych, zna budowę, zasadę działania, ważne parametry i przeznaczenie takich elementów aktywnych jak: dioda Schottky'ego, PIN, waraktor, tranzystory – Si-BJT, MESFET, HEMT, HBT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 3 i 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W09, K_W10, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot potrafi podać podstawowe struktury wzmacniaczy i generatorów mikrofalowych, opisać zasadę działania i parametry takich układów oraz zna procedury projektowe wzmacniaczy niskoszumnych i nadawczych oraz generatorów z wykorzystaniem podejścia małosygnałowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 4 i 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W10, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot potrafi zaprojektować obwód dopasowujący daną impedancję do impedancji linii odniesienia metodą graficzną z wykorzystaniem wykresu Smitha oraz obwód zasilania DC (polaryzator) elementu aktywnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot posiada umiejętność posługiwania się miernikami mocy oraz w zakresie podstawowym wektorowym analizatorem obwodów i analizatorem widma;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot umie zastosować metodę pobudzeń w fazie i w przeciwfazie w projektowaniu prostych mikrofalowych 2-wrotowych układów pasywnych i wyznaczyć model elementów RLC SMD;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>