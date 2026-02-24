--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -1054,67 +1054,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład, projekt praktyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U11, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi korzystać z programowych narzędzi symulacyjnych do projektowania i planowania sieci radiowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>