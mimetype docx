--- v1 (2026-02-24)
+++ v2 (2026-03-20)
@@ -904,51 +904,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pierwszego, teoretycznego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W07, K_W08, K_W09, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W11, K_W03, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>