--- v0 (2025-12-26)
+++ v1 (2026-02-25)
@@ -781,51 +781,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium 1, laboratorium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1157,121 +1157,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonywać pomiary parametrów pola akustycznego w różnego typu wnętrzach, stosując zarówno metody klasyczne, jak i pośrednie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U10, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>