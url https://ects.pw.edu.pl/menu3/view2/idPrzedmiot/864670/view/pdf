--- v1 (2026-02-25)
+++ v2 (2026-03-20)
@@ -1157,51 +1157,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonywać pomiary parametrów pola akustycznego w różnego typu wnętrzach, stosując zarówno metody klasyczne, jak i pośrednie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>