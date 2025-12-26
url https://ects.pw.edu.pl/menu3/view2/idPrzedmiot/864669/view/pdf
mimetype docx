--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz, cz.ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>