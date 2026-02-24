--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -811,51 +811,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej, dwa kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W13</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W13, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1171,51 +1171,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz, cz.ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>