--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -811,51 +811,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej, dwa kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W13, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -977,71 +977,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować strukturę organizacyjną systemów bistaycznego i multistatycznego złożonego z jednego nadajnika (emitera) i czterech pasywnych jednostek odbiorczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egz, cz.ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi zaprojektować strukturę organizacyjną systemów bistaycznego i multistatycznego złożonego z jednego nadajnika (emitera) i czterech pasywnych jednostek odbiorczych</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi omówić (wyjaśnić) zasady działania podstawowych (naziemnych i satelitarnych) systemów radionawigacyjnych , w tym TRANSIT , GPS i GLONASS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz, cz.ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1060,162 +1130,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi omówić (wyjaśnić) zasady działania podstawowych (naziemnych i satelitarnych) systemów radionawigacyjnych , w tym TRANSIT , GPS i GLONASS</w:t>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi sformułować równania stadiometryczne opisujące działanie omawianych systemów i podać metody ich rozwiązania w celu wyznaczenia położenia odbiornika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz, cz.ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U09, K_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U10, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>