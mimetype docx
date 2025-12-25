--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -842,51 +842,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W08, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W03, K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -912,51 +912,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W12, K_W13, K_W14, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08, K_W12, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1202,67 +1202,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona zadania laboratoryjnego 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U12, K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U09, K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPA-K1: </w:t>
       </w:r>
     </w:p>