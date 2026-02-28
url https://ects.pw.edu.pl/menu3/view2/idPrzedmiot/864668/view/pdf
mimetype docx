--- v1 (2025-12-25)
+++ v2 (2026-02-28)
@@ -842,51 +842,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W03, K_W08, K_W12</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08, K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1202,67 +1202,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona zadania laboratoryjnego 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U05, K_U09, K_U12, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPA-K1: </w:t>
       </w:r>
     </w:p>