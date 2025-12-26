--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -788,51 +788,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie jakie są podstawowe koncepcje teoretyczne w socjologii prawa i rozumie ich przełożenie na obszar badań i metody badawcze </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1008,51 +1008,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić trafność doboru próby i zastosowanych narzędzi w badaniach z zakresu nauk społecznych i administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>