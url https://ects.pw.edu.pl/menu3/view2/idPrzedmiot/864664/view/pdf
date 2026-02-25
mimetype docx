--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>