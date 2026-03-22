--- v2 (2026-02-25)
+++ v3 (2026-03-22)
@@ -842,67 +842,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna pojęcia i koncepcje teoretyczne z zakresu socjologii prawa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>