--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -834,567 +834,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W14, K_W05, K_W12, K_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04++: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi (a) uzasadnić potrzebę budowania warstw pośrednich (middleware) dla usług mobilnych i kontekstowych oraz (b) podać przykłady udogodnień oferowanych przez warstwy pośrednie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W12, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_W04++: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+++: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi (a) uzasadnić potrzebę budowania warstw pośrednich (middleware) dla usług mobilnych i kontekstowych oraz (b) podać przykłady udogodnień oferowanych przez warstwy pośrednie</w:t>
+        <w:t xml:space="preserve">Potrafi (a) zdefiniować pojęcie kontekstu i usługi kontekstowej oraz (b) podać przykłady elementów i źródeł kontekstu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W12, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W12, K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_W04+++: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi (a) zdefiniować pojęcie kontekstu i usługi kontekstowej oraz (b) podać przykłady elementów i źródeł kontekstu</w:t>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U01+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać funkcjonalność i elementy architektury wielu prototypowych systemów dla usług kontekstowych, w różnych dziedzinach zastosowań, w tym stosujących urządzenia mobilne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W14, K_W16</w:t>
+        <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U01+, T1A_U03+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wpisz opis</w:t>
+        <w:t xml:space="preserve">Umie czytać i tworzyć dokumentację techniczną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wpisz opis</w:t>
+        <w:t xml:space="preserve">projekt (z3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"/>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_U01+: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać funkcjonalność i elementy architektury wielu prototypowych systemów dla usług kontekstowych, w różnych dziedzinach zastosowań, w tym stosujących urządzenia mobilne</w:t>
+        <w:t xml:space="preserve">Umie prezentować wyniki swojej pracy przed publicznością</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">projekt (z4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_U01+, T1A_U03+: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U16+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie czytać i tworzyć dokumentację techniczną</w:t>
+        <w:t xml:space="preserve">Umie (a) zaproponować funkcjonalność własnej usługi kontekstowej, (b) zaprojektować architekturę oprogramowania realizującego tę usługę, oraz (c) zbudować prototyp tej usługi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt (z3)</w:t>
+        <w:t xml:space="preserve">projekt (z3,z4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05</w:t>
+        <w:t xml:space="preserve">K_U09, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_K01+: </w:t>
       </w:r>
     </w:p>