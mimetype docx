--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W05, K_W12, K_W13</w:t>
+        <w:t xml:space="preserve">K_W12, K_W13, K_W14, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>