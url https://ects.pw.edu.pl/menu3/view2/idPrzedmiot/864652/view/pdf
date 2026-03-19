--- v2 (2026-02-24)
+++ v3 (2026-03-19)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W13, K_W14, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W12, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>