--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1262,67 +1262,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie projektowe, kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U10, K_U17, K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U10, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student  umie wyznaczyć wymagane parametry stacji naziemnej dla zadanych parametrów transmisyjnych systemu satelitarnego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>