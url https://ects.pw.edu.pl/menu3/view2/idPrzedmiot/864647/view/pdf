--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12, K_W14, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1332,67 +1332,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie projektowe, kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13, K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>