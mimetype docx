--- v2 (2026-02-24)
+++ v3 (2026-03-29)
@@ -902,51 +902,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, kolokwium 2,  zadanie projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W08, K_W09, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12, K_W14, K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12, K_W14, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1262,137 +1262,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie projektowe, kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U10, K_U17</w:t>
+        <w:t xml:space="preserve">K_U10, K_U17, K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student  umie wyznaczyć wymagane parametry stacji naziemnej dla zadanych parametrów transmisyjnych systemu satelitarnego </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie projektowe, kolokwium 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U10, K_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>