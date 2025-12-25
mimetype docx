--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -771,157 +771,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W14, K_W15</w:t>
+        <w:t xml:space="preserve">K_W15, K_W05, K_W08, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma szczegółowa wiedzę z następujących obszarów: protokułu TCP/UDP, architektury DiffServ,  itd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, laboratoria, kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W12, K_W14, K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma szczegółowa wiedzę z następujących obszarów: protokułu TCP/UDP, architektury DiffServ,  itd.</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę o ewolucji infrastruktury sieciowej (komutacja kanałów, komutacja pakietów, Internet Przyszłości) wraz z mechanizmami zaimplementowanymi w sieci itp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt, laboratoria, kolokwium, egzamin</w:t>
+        <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W12, K_W14, K_W15</w:t>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W11, K_W12, K_W14, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę o ewolucji infrastruktury sieciowej (komutacja kanałów, komutacja pakietów, Internet Przyszłości) wraz z mechanizmami zaimplementowanymi w sieci itp.</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę dotycząca ewolucji infrastruktury sieciowej i zmian zachodzących w sieciach i urządzeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -940,748 +1010,678 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę dotycząca ewolucji infrastruktury sieciowej i zmian zachodzących w sieciach i urządzeniach</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę dotyczącą narzędzi do projektowania systemów telekomunikacyjnych, takich jak narzędzia symulacyjne (głównie NS-2, OPNET), narzędzia pomiarowe i wybrane zależności analityczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt, laboratoria</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W14, K_W03, K_W05, K_W08, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T!A_U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi korzystać z metod symulacyjnych (ns_2, OPNET), metod analitycznych (mechanizmy QoS) i metod eksperymentalnych (niektóre projekty i laboratoria). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratoria, projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U06, K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sudent, który zaliczył przedmiot, ma umiejętnośc pozyskiwania wiedzy z literatury (w j. polskim i j.angielskim).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">realizacja projektu wymaga zazwyczaj sięgnięcia po literaturę fachową</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U06, K_U08, K_U09, K_U10, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot ma umiejętność samokształcenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, laboratorium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę z zakresu preprowadzania eksperymentów (praktycznych bądź symulacyjnych)  i wyciągania wniosków. Powyższe osiąga poprze realizację ćwiczeń laboratoryjnych i realizację projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U14, K_U06, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U13: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę na temat systemów do realizacji infrastruktury telekomunikacyjnej i ich własności pod kątem możliwości przekazu informacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W11, K_W12, K_W14, K_W15</w:t>
+        <w:t xml:space="preserve">K_U08, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_W07: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U14: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę dotyczącą narzędzi do projektowania systemów telekomunikacyjnych, takich jak narzędzia symulacyjne (głównie NS-2, OPNET), narzędzia pomiarowe i wybrane zależności analityczne</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, musiał oprogramować elemnt funcjonalności systemu (protokół, algorytm, mechanizm)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt, laboratoria</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W08, K_W11, K_W12, K_W14</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U03, K_U05, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T!A_U09: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student, który zaliczył przedmiot, potrafi korzystać z metod symulacyjnych (ns_2, OPNET), metod analitycznych (mechanizmy QoS) i metod eksperymentalnych (niektóre projekty i laboratoria). </w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę odnośnie realizacji projektu, w którym musi dokonać przydatności dostępnych metod i narzędzi dla oprogramowania elementów sieci</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratoria, projekty</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U05, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U16: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sudent, który zaliczył przedmiot, ma umiejętnośc pozyskiwania wiedzy z literatury (w j. polskim i j.angielskim).</w:t>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot, musi przy realizacji projektu zaprojektować element infrastruktury sieciowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">realizacja projektu wymaga zazwyczaj sięgnięcia po literaturę fachową</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U05, K_U06, K_U08, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U08, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...419 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_K01: </w:t>
       </w:r>
     </w:p>