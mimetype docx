--- v1 (2025-12-25)
+++ v2 (2026-03-19)
@@ -771,67 +771,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W05, K_W08, K_W14</w:t>
+        <w:t xml:space="preserve">K_W08, K_W14, K_W15, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot, ma szczegółowa wiedzę z następujących obszarów: protokułu TCP/UDP, architektury DiffServ,  itd.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,51 +1051,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W14, K_W03, K_W05, K_W08, K_W11</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W08, K_W11, K_W12, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1341,67 +1341,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U14, K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U14, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U13: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot, ma wiedzę na temat systemów do realizacji infrastruktury telekomunikacyjnej i ich własności pod kątem możliwości przekazu informacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1481,51 +1481,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U12, K_U03, K_U05, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U11, K_U12, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1771,51 +1771,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>