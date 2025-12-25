--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -868,50 +868,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK, III.P6S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OST_W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe informacje dotyczące obowiązującego prawa telekomunikacyjnego oraz regulacji krajowych i UE </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekty </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W16, K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą zasad tworzenia tekstów technicznych oraz przygotowywania i prowadzenia prezentacji dotyczących zagadnień technicznych w środowisku zawodowym oraz w innych środowiskach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -931,1038 +1001,968 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka OST_W08: </w:t>
+        <w:t xml:space="preserve">Charakterystyka OST_W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe informacje dotyczące obowiązującego prawa telekomunikacyjnego oraz regulacji krajowych i UE </w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zarządzania jakością usług teleinformatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_W10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą własności intelektualnej; prawnych i etycznych aspektów tworzenia tekstów i prezentacji technicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W16, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka OST_W09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka OST_W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zarządzania jakością usług teleinformatycznych</w:t>
+        <w:t xml:space="preserve">zna podstawowe koncepcje i strategie marketingowe w teleinformatyce, potrafi wyodrębnić przykłady z obserwacji rynku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18</w:t>
+        <w:t xml:space="preserve">K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OST_W10: </w:t>
+        <w:t xml:space="preserve">I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą własności intelektualnej; prawnych i etycznych aspektów tworzenia tekstów i prezentacji technicznych</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować tekst dotyczący zagadnień technicznych i około technicznych dla niespecjalistów zgodnie z zasadami tworzenia tego typu dokumentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, projekty</w:t>
+        <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W19</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OST_W11: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe koncepcje i strategie marketingowe w teleinformatyce, potrafi wyodrębnić przykłady z obserwacji rynku</w:t>
+        <w:t xml:space="preserve">Potrafi aktywnie uczestniczyć w dyskusji, formułując i uzasadniając swoje opinie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przeprowadzić prezentację dotyczącą zagadnień technicznych i około technicznych z wykorzystaniem zaawansowanych funkcji/możliwości narzędzi służących do przygotowania i prowadzenia prezentacji multimedialnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy prezentacji przeprowadzonej z wykorzystaniem technik multimedialnych - krytycznie ocenić jej treść, sposób przygotowania slajdów i sposób przeprowadzenia prezentacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tworząc teksty i prezentacje, nie popełnia plagiatu i nie narusza w inny sposób praw autorskich oraz norm etycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać kierunki rozwoju  telekomunikacji, zdefiniować podstawowe usługi, rodzaje podmiotów występujących w sektorze telekomunikacyjnym oraz określić ich wzajemne powiązania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe warunki działalności i rozwoju sektora telekomunikacyjnego: techniczne, ekonomiczne, prawne, społeczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekty </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OST_U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować tekst dotyczący zagadnień technicznych i około technicznych dla niespecjalistów zgodnie z zasadami tworzenia tego typu dokumentów</w:t>
+        <w:t xml:space="preserve">Ma świadomość ważności zagadnień pozatechnicznych i jest świadomy ich ścisłego powiązania z aspektami technicznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekty </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K06, K_K07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_K05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prawidłowo identyfikuje i rozwiązuje problemy etyczne związane z tworzeniem tekstów i prezentacji technicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OST_U02: </w:t>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_K05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi aktywnie uczestniczyć w dyskusji, formułując i uzasadniając swoje opinie</w:t>
+        <w:t xml:space="preserve">Ma świadomość istnienia własności intelektualnej, prawa autorskiego, patentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekty</w:t>
+        <w:t xml:space="preserve">Kolokwium, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_K02, K_K05, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
-[...498 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OST_K07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla tego otoczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>