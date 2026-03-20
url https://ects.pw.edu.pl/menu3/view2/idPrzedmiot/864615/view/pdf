--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -1402,67 +1402,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OST_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy prezentacji przeprowadzonej z wykorzystaniem technik multimedialnych - krytycznie ocenić jej treść, sposób przygotowania slajdów i sposób przeprowadzenia prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1628,185 +1628,255 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe warunki działalności i rozwoju sektora telekomunikacyjnego: techniczne, ekonomiczne, prawne, społeczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekty </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OST_U12: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowe warunki działalności i rozwoju sektora telekomunikacyjnego: techniczne, ekonomiczne, prawne, społeczne</w:t>
+        <w:t xml:space="preserve">Ma świadomość ważności zagadnień pozatechnicznych i jest świadomy ich ścisłego powiązania z aspektami technicznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K06, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OST_K02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OST_K05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość ważności zagadnień pozatechnicznych i jest świadomy ich ścisłego powiązania z aspektami technicznymi.</w:t>
+        <w:t xml:space="preserve">Ma świadomość istnienia własności intelektualnej, prawa autorskiego, patentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, projekty </w:t>
+        <w:t xml:space="preserve">Kolokwium, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K06, K_K07</w:t>
+        <w:t xml:space="preserve">K_K02, K_K05, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1832,137 +1902,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OST_K07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla tego otoczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>