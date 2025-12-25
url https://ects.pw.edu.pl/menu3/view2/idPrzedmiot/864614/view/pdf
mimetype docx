--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -891,51 +891,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPST_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę i zasadę działania układów czysto-optycznego przetwarzania sygnałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1111,51 +1111,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPST_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotować i przeprowadzić prezentację wyników prac dotyczącą czysto-optycznego przetwarzania sygnałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>