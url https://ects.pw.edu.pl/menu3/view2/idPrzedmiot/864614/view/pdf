--- v1 (2025-12-25)
+++ v2 (2026-03-19)
@@ -891,51 +891,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPST_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę i zasadę działania układów czysto-optycznego przetwarzania sygnałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1025,67 +1025,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OPST_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaprojektować, zaimplementować w postaci modelu symulacyjnego i przeanalizować pracę układu czysto-optycznego przetwarzania sygnałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>