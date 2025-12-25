--- v0 (2025-11-21)
+++ v1 (2025-12-25)
@@ -1220,51 +1220,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować sieć testową oraz dobrać narzędzia pomiarowe dla przeprowadzenia podstawowych eksperymentów związanych z testowaniem i badaniem urządzeń oraz sieci IP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1290,51 +1290,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zastosować narzędzia pomiarowe, np. iperf, mgen, wireshark, tcpdump, traceroute), symulacyjne (ns2) do przeprowadzenia eksperymentów. Ponadto, student potrafi zastosować metody analizy statystycznej dla oceny wyników uzyskanych w eksperymentach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>