--- v2 (2026-02-24)
+++ v3 (2026-03-19)
@@ -1360,51 +1360,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_K03, T1A_K04: </w:t>
       </w:r>
     </w:p>