--- v0 (2025-11-21)
+++ v1 (2025-12-25)
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi opracować pełną dokumentację stworzonego przez siebie modelu symulacyjnego, narzędzia symulacyjnego, uzyskanych wyników i opracowanych wniosków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1087,51 +1087,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla prostego systemu kolejkowego M/M/1. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia symulacyjnego, przeprowadzić badania symulacyjne oraz porównać otrzymane wyniki z wynikami analitycznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1141,67 +1141,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt (etap I)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla złożonego systemu kolejkowego (sieć węzłów IP QoS, w szczególności mechanizmy szeregowania pakietów w tych węzłach oraz strumienie pakietów dla przykładowych aplikacji QoS Internet. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia oraz uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>