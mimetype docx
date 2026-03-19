--- v1 (2025-12-25)
+++ v2 (2026-03-19)
@@ -1001,67 +1001,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U09, K_U10, K_U14</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U14, K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi opracować pełną dokumentację stworzonego przez siebie modelu symulacyjnego, narzędzia symulacyjnego, uzyskanych wyników i opracowanych wniosków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1087,51 +1087,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U08, T1A_U09, T1A_U13, T1A_14, T1A_15: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi planować i przeprowadzać symulacje komputerowe dla prostego systemu kolejkowego M/M/1. Student potrafi sam stworzyć narzędzie symulacyjne w oparciu o samodzielnie przygotowany model symulacyjny. Potrafi przeprowadzić weryfikację i walidację narzędzia symulacyjnego, przeprowadzić badania symulacyjne oraz porównać otrzymane wyniki z wynikami analitycznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>