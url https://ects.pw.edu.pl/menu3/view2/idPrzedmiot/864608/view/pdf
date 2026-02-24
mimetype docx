--- v0 (2025-11-22)
+++ v1 (2026-02-24)
@@ -824,51 +824,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>