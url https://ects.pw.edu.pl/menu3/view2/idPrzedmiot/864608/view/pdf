--- v1 (2026-02-24)
+++ v2 (2026-03-22)
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka LAN_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi wykorzystać dostępne oprogramowanie do monitorowania ruchu sieciowego i przeprowadzić analizę przechwyconego ruchu – określić nagłówki jednostek protokołów i przypisać je do odpowiedniej warstwy modelu ISO OSI RM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>