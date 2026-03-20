--- v0 (2025-11-21)
+++ v1 (2026-03-20)
@@ -990,51 +990,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W12, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1070,67 +1070,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium1, projekt (zad.1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">student, który zaliczył przedmiot umie skorzystać z dostępnych w danym środowisku symulatora modeli elementów pasywnych i aktywnych dla założonego rodzaju analizy lub potrafi samodzielnie opracować potrzebny model</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1290,51 +1290,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt (zad.1 i 2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>