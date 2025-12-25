--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -1087,261 +1087,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie wykorzystać aparaturę do pomiaru charakterystyk cyfrowych urządzeń mobilnych i wykonać odpowiednie pomiary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie zmierzyć podstawowe charakterystyki nadajnika małej mocy z modulacja amplitudy i częstotliwości oraz zinterpretować uzyskane wyniki pomiarów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium nr4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zaprojektować wybrane typy łącza radiowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia wykładowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>