--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -1141,207 +1141,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie zmierzyć podstawowe charakterystyki nadajnika małej mocy z modulacja amplitudy i częstotliwości oraz zinterpretować uzyskane wyniki pomiarów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium nr4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie zmierzyć podstawowe charakterystyki nadajnika małej mocy z modulacja amplitudy i częstotliwości oraz zinterpretować uzyskane wyniki pomiarów. </w:t>
+        <w:t xml:space="preserve">Umie zaprojektować wybrane typy łącza radiowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Laboratorium nr4</w:t>
+        <w:t xml:space="preserve">kolokwia wykładowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>