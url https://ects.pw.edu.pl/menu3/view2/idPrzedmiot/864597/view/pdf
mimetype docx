--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -781,51 +781,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe i kolokwia do laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1141,67 +1141,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie zmierzyć podstawowe charakterystyki nadajnika małej mocy z modulacja amplitudy i częstotliwości oraz zinterpretować uzyskane wyniki pomiarów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1281,51 +1281,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>