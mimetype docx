--- v0 (2025-10-24)
+++ v1 (2025-11-25)
@@ -1127,167 +1127,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W11, K_W12, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1306,388 +1376,318 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk układów stosowanych w technice w.cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
+        <w:t xml:space="preserve">kolokwia wstępne do laboratorium, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny rezonansowego wzmacniacza mocy klasy AB oraz  klasy B i klasy C (w układzie niesymetrycznym) o danej mocy wyjściowej, rezystancji obciążenia, częstotliwości roboczej, szerokości pasma oraz dolnej i górnej częstotliwości granicznej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk układów stosowanych w technice w.cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny szerokopasmowego niestrojonego wzmacniacza mocy klasy A (w układzie niesymetrycznym) i przeciwsobnego wzmacniacza klasy AB o danej mocy wyjściowej, rezystancji obciążenia oraz dolnej i górnej częstotliwości granicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia wstępne do laboratorium, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10</w:t>
+        <w:t xml:space="preserve">K_U12, K_U14, K_U01, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk wzmacniaczy mocy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>