--- v1 (2025-11-25)
+++ v2 (2025-12-25)
@@ -1197,51 +1197,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W11, K_W12, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1277,417 +1277,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U06, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U12, K_U14, K_U01, K_U03, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk układów stosowanych w technice w.cz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia wstępne do laboratorium, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny rezonansowego wzmacniacza mocy klasy AB oraz  klasy B i klasy C (w układzie niesymetrycznym) o danej mocy wyjściowej, rezystancji obciążenia, częstotliwości roboczej, szerokości pasma oraz dolnej i górnej częstotliwości granicznej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny szerokopasmowego niestrojonego wzmacniacza mocy klasy A (w układzie niesymetrycznym) i przeciwsobnego wzmacniacza klasy AB o danej mocy wyjściowej, rezystancji obciążenia oraz dolnej i górnej częstotliwości granicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk wzmacniaczy mocy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>