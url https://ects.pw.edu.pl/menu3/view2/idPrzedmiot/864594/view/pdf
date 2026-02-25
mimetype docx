--- v2 (2025-12-25)
+++ v3 (2026-02-25)
@@ -987,87 +987,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W12, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki niestrojonego szerokopasmowego wzmacniacza mocy klasy A i klasy AB oraz przyczyny ograniczenia szerokości pasma tych wzmacniaczy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki niestrojonego szerokopasmowego wzmacniacza mocy klasy A i klasy AB oraz przyczyny ograniczenia szerokości pasma tych wzmacniaczy</w:t>
+        <w:t xml:space="preserve">Zna zasadę działania oraz podstawowe właściwości i charakterystyki wzmacniacza rezonansowego klasy AB, klasy B i klasy C</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1086,208 +1156,208 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania oraz podstawowe właściwości i charakterystyki wzmacniacza rezonansowego klasy AB, klasy B i klasy C</w:t>
+        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1306,318 +1376,248 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk układów stosowanych w technice w.cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
+        <w:t xml:space="preserve">kolokwia wstępne do laboratorium, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U14, K_U01, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk układów stosowanych w technice w.cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny rezonansowego wzmacniacza mocy klasy AB oraz  klasy B i klasy C (w układzie niesymetrycznym) o danej mocy wyjściowej, rezystancji obciążenia, częstotliwości roboczej, szerokości pasma oraz dolnej i górnej częstotliwości granicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia wstępne do laboratorium, sprawozdania z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U14, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać projekt wstępny szerokopasmowego niestrojonego wzmacniacza mocy klasy A (w układzie niesymetrycznym) i przeciwsobnego wzmacniacza klasy AB o danej mocy wyjściowej, rezystancji obciążenia oraz dolnej i górnej częstotliwości granicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>