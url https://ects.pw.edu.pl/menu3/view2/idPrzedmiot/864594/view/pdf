--- v3 (2026-02-25)
+++ v4 (2026-03-20)
@@ -847,227 +847,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W06, K_W09, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę działania i podstawowe właściwości mieszaczy i generatorów sygnałów w. cz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, kolokwium wstępne do ćwiczeń laboratoryjnych sprawozdanie z ćwiczenia laboratoryjnego </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania i podstawowe właściwości mieszaczy i generatorów sygnałów w. cz.</w:t>
+        <w:t xml:space="preserve">Zna zasady działania i właściwości filtrów LC stosowanych w technice w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, kolokwium wstępne do ćwiczeń laboratoryjnych sprawozdanie z ćwiczenia laboratoryjnego </w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady działania i właściwości filtrów LC stosowanych w technice w. cz.</w:t>
+        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki niestrojonego szerokopasmowego wzmacniacza mocy klasy A i klasy AB oraz przyczyny ograniczenia szerokości pasma tych wzmacniaczy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W11, K_W12, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki niestrojonego szerokopasmowego wzmacniacza mocy klasy A i klasy AB oraz przyczyny ograniczenia szerokości pasma tych wzmacniaczy</w:t>
+        <w:t xml:space="preserve">Zna zasadę działania oraz podstawowe właściwości i charakterystyki wzmacniacza rezonansowego klasy AB, klasy B i klasy C</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1086,538 +1156,468 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania oraz podstawowe właściwości i charakterystyki wzmacniacza rezonansowego klasy AB, klasy B i klasy C</w:t>
+        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 2, kolokwium wstępne do ćwiczeń laboratoryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania i podstawowe charakterystyki wzmacniacza rezonansowego klasy D, klasy E i klasy DE</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium wstępne do ćwiczeń laboryjnych, sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny i obliczyć podstawowe parametry tranzystorowego aperiodycznego wzmacniacza napięciowego w. cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium nr 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt dolno- lub górnoprzepustowego filtru LC o zadanych parametrach</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać pomiary podstawowych parametrów i charakterystyk układów stosowanych w technice w.cz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1</w:t>
+        <w:t xml:space="preserve">kolokwia wstępne do laboratorium, sprawozdania z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U01, K_U03, K_U06, K_U12</w:t>
+        <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować obwód rezonansowy LC i wykorzystać go do dopasowania impedancji w obwodach w. cz.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt wstępny rezonansowego wzmacniacza mocy klasy AB oraz  klasy B i klasy C (w układzie niesymetrycznym) o danej mocy wyjściowej, rezystancji obciążenia, częstotliwości roboczej, szerokości pasma oraz dolnej i górnej częstotliwości granicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium nr 1 i nr 2</w:t>
+        <w:t xml:space="preserve">kolokwium nr 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U06, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać projekt wstępny szerokopasmowego niestrojonego wzmacniacza mocy klasy A (w układzie niesymetrycznym) i przeciwsobnego wzmacniacza klasy AB o danej mocy wyjściowej, rezystancji obciążenia oraz dolnej i górnej częstotliwości granicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>