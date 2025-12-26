--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -1063,51 +1063,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U12, K_U13, K_U01, K_U03, K_U05, K_U07</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13, K_U01, K_U03, K_U05, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1203,67 +1203,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13, K_U01, K_U03, K_U05, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U13, K_U01, K_U03, K_U05, K_U07, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>