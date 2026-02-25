--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W13, K_W14, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1063,67 +1063,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13, K_U01, K_U03, K_U05, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U07, K_U09, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi programować układy peryferyjne współpracujące z procesorami sygnałowymi, zapewniające zarówno właściwy przepływ przetwarzanych danych, jak i odpowiednie sterowanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,67 +1133,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U09, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13, K_U01, K_U03, K_U05, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zrealizować złożone zadanie projektowe polegające na zaprojektowaniu, implementacji, wykonaniu testów i udokumentowaniu systemu przetwarzania sygnałów fonicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1203,67 +1203,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U01, K_U03, K_U05, K_U07, K_U09, K_U12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U07, K_U09, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>