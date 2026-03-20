--- v2 (2026-02-25)
+++ v3 (2026-03-20)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W14, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1063,67 +1063,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U07, K_U09, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U09, K_U12, K_U13, K_U01, K_U03, K_U05, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi programować układy peryferyjne współpracujące z procesorami sygnałowymi, zapewniające zarówno właściwy przepływ przetwarzanych danych, jak i odpowiednie sterowanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,67 +1133,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13, K_U01, K_U03, K_U05, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U09, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zrealizować złożone zadanie projektowe polegające na zaprojektowaniu, implementacji, wykonaniu testów i udokumentowaniu systemu przetwarzania sygnałów fonicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1203,67 +1203,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U07, K_U09, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U12, K_U01, K_U03, K_U13, K_U05, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UU, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>