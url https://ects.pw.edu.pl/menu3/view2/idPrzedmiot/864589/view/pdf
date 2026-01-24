--- v1 (2025-12-24)
+++ v2 (2026-01-24)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej, dwa kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W12, K_W02</w:t>
+        <w:t xml:space="preserve">K_W07, K_W12, K_W02, K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1172,67 +1172,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz, cz.ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U10</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi omówić zasady działania systemów ILS, MLS i TLS wspomagających lądowanie samolotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>