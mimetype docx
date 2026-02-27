--- v2 (2026-01-24)
+++ v3 (2026-02-27)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej, dwa kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W12, K_W02, K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W06, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1172,67 +1172,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz, cz.ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi omówić zasady działania systemów ILS, MLS i TLS wspomagających lądowanie samolotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>