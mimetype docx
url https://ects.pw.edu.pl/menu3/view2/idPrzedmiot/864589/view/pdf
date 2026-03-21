--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -1032,67 +1032,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz, cz.ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U10</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi omówić (wyjaśnić) zasady działania podstawowych (naziemnych i satelitarnych) systemów radionawigacyjnych , w tym TRANSIT , GPS i GLONASS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>