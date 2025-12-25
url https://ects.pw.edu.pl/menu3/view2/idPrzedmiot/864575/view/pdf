--- v0 (2025-11-21)
+++ v1 (2025-12-25)
@@ -926,67 +926,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian audytoryjny Spr1, ćwiczenia laboratoryjne: Lab1, Lab2, Lab3, Lab4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U13, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi posłużyć się wywołaniami programów i funkcji systemowych (POSIX) do realizacji: a) synchronizacji współpracujących procesów, bądź wątków aplikacji, b) prostych aplikacji sieciowych współpracujących w układzie klient-serwer </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>