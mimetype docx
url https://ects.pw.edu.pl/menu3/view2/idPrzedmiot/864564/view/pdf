--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -838,287 +838,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wyników Spr1 oraz Lab1 i Lab2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat modulacji analogowych oraz przetwarzania A/C i C/A </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników Spr2 oraz Lab2 i Lab3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat modulacji analogowych oraz przetwarzania A/C i C/A </w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat wyznaczania charakterystyk czasowych i częstotliwościowych systemów liniowych 	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena wyników Spr2 oraz Lab2 i Lab3</w:t>
+        <w:t xml:space="preserve">ocena wyników Spr2 oraz Lab3 i Lab5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat wyznaczania charakterystyk czasowych i częstotliwościowych systemów liniowych 	</w:t>
+        <w:t xml:space="preserve">potrafi pozyskiwać informacje z literatury z zakresu teorii sygnałów i systemów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena wyników Spr2 oraz Lab3 i Lab5</w:t>
+        <w:t xml:space="preserve">ocena wyników Spr1 i Spr2 oraz ocena zadań domowych do Lab1-Lab5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zredagować pisemne sprawozdanie z ćwiczenia laboratoryjnego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>