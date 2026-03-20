--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -838,191 +838,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wyników Spr1 oraz Lab1 i Lab2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat modulacji analogowych oraz przetwarzania A/C i C/A </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników Spr2 oraz Lab2 i Lab3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat wyznaczania charakterystyk czasowych i częstotliwościowych systemów liniowych 	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena wyników Spr2 oraz Lab3 i Lab5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>