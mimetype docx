--- v0 (2025-11-22)
+++ v1 (2025-12-26)
@@ -1004,137 +1004,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - kolokwium 1, laboratoria 2 i 3, egzamin - część zadaniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U06, K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrtafi wyznaczyć przebiegi napięć i prądów w prostym obwodzie liniowym w stanie nieustalonym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia – kolokwium 2, laboratorium 5, egzamin – część testowa i zadaniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać prawidłową metodę analizy typowego obwodu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>