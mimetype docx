--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -1151,51 +1151,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie obsługiwać analizator widma, umie wykonać pomiar rzeczywistych emisji radiowych i zinterpretować wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>