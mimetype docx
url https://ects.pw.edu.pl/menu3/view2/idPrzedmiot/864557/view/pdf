--- v1 (2025-12-25)
+++ v2 (2026-03-19)
@@ -775,51 +775,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>