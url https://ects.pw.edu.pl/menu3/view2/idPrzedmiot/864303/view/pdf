--- v0 (2025-12-26)
+++ v1 (2026-03-19)
@@ -926,51 +926,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. wspierania i barier przedsiębiorczości w Polsce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1150,51 +1150,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka u_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi identyfikować dostępne źródła danych, korzystać z zawartej w nich wiedzy,
 informacji oraz danych, a także - interpretować pozyskane dane z wykorzystaniem systemów
 teleinformatycznych. </w:t>
       </w:r>
     </w:p>
     <w:p>