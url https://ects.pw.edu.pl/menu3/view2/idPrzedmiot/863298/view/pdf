--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła i zagrożenia informacji oraz systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1036,67 +1036,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W09, K_W10, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W06, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U06, K_U08, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U12, K_U06, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1272,51 +1272,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować politykę bezpieczeństwa informacji lub systemu teleinformatycznego organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1326,67 +1326,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U05, K_U08, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U12, K_U05, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>