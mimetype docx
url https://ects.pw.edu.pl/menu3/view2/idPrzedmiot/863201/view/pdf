--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -750,51 +750,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_BC_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna funkcje banków centralnych, pojęcie ich niezależności, transparentność działania, organy, sposób podejmowania decyzji, oficjalne dokumenty publikowane przez bank centralny, relacje między bankami centralnymi i innymi organami władz, w szczególności władz fiskalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -890,51 +890,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_BC_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cele i narzędzie polityki stabilizacyjnej banku centralnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1110,51 +1110,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie opracować i przedstawić na piśmie oraz w formie prezentacji ustnej przy użyciu narzędzi multimedialnych wybrane zagadnienie dotyczące publicznego systemu finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1244,51 +1244,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i przygotowanie oraz przedstawienie referatu przy użyciu technik multimedialnych, uczestnictwo w dyskusji na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K09 FIB, K_K08 FIB</w:t>
+        <w:t xml:space="preserve">K_K08 FIB, K_K09 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>