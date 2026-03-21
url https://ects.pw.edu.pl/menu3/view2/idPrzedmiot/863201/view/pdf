--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i przygotowanie oraz zaprezentowanie referatu przy użyciu technik multimedialnych, uczestnicwo w dyskusji na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W11 FIB, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_BC_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna funkcje banków centralnych, pojęcie ich niezależności, transparentność działania, organy, sposób podejmowania decyzji, oficjalne dokumenty publikowane przez bank centralny, relacje między bankami centralnymi i innymi organami władz, w szczególności władz fiskalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -890,51 +890,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_BC_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cele i narzędzie polityki stabilizacyjnej banku centralnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1040,51 +1040,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znaleźć aktualne informacje dotyczące funkcjonowania instytucji finansowych, w szczególności działania banku centralnego, jak też właściwie je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1110,51 +1110,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie opracować i przedstawić na piśmie oraz w formie prezentacji ustnej przy użyciu narzędzi multimedialnych wybrane zagadnienie dotyczące publicznego systemu finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>