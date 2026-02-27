--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -767,67 +767,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 FIB, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, jak wyznaczyć rolę systemu finansowego w krajowym i międzynarodowym systemie ekonomicznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, jak określić udział systemu finansowego w realizacji polityki finansowej jako części polityki makroekonomicznej państwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie ocenić udział systemu finansowego w realizacji zadań dotyczących stabilności monetarnej i stabilności systemu finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>