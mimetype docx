--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie, jak określić udział systemu finansowego w realizacji polityki finansowej jako części polityki makroekonomicznej państwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne (pytania testowe oraz pisemne polecenia o charakterze problemowym)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie ocenić udział systemu finansowego w realizacji zadań dotyczących stabilności monetarnej i stabilności systemu finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>