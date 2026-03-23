--- v0 (2025-12-24)
+++ v1 (2026-03-23)
@@ -1133,51 +1133,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_M02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przygotować się do wystąpienia publicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1187,67 +1187,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie dyskusji na zajęciach, kolokwium pisemne z pytaniami opisowymi lub testowymi lub realizacja zadanej pracy problemowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_M03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy własnych działań i wskazać ewentualne obszary wymagające modyfikacji w przyszłym działaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>